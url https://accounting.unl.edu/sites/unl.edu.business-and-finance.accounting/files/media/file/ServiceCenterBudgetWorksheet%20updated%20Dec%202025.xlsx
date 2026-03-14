--- v0 (2026-01-09)
+++ v1 (2026-03-14)
@@ -1,76 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\tnguyen134\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cmiesbach2\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C896FD12-0848-47E7-8970-E1995D2BF664}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{39914421-52B9-44A2-AE83-240C941A8704}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="4170" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" Checklist" sheetId="13" r:id="rId1"/>
     <sheet name="Budget" sheetId="7" r:id="rId2"/>
     <sheet name="Depreciation Schedule" sheetId="11" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">' Checklist'!$A$1:$F$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Budget!$A$1:$G$43</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Budget!$5:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
@@ -1076,242 +1075,242 @@
     <xf numFmtId="166" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="27" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="27" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="27" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="27" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="27" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="27" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="164" fontId="33" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="33" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="33" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="1" fontId="33" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="0" xfId="9" applyFont="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="44" fontId="19" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="27" fillId="0" borderId="6" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="27" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="43" fontId="0" fillId="4" borderId="0" xfId="17" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="43" fontId="19" fillId="4" borderId="0" xfId="17" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="43" fontId="19" fillId="4" borderId="0" xfId="17" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="16" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="16"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="4" borderId="0" xfId="17" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="16" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="16" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="22" fillId="0" borderId="7" xfId="16" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="16" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="16" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="16" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="16" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="43" fontId="20" fillId="0" borderId="0" xfId="17" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="42" fontId="20" fillId="0" borderId="0" xfId="16" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="44" fontId="20" fillId="0" borderId="0" xfId="16" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="42" fontId="20" fillId="0" borderId="1" xfId="16" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="16" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="9" fontId="20" fillId="0" borderId="1" xfId="18" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="20" fillId="0" borderId="0" xfId="18" applyFont="1" applyBorder="1"/>
     <xf numFmtId="42" fontId="20" fillId="0" borderId="0" xfId="18" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="1" fillId="4" borderId="0" xfId="16" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="14" fontId="25" fillId="0" borderId="0" xfId="16" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="17" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="17" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="0" fillId="4" borderId="0" xfId="17" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="16" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="6" fontId="20" fillId="0" borderId="8" xfId="16" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="3" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="9" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="4" borderId="0" xfId="17" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="19">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Comma 4" xfId="17" xr:uid="{55B64DC7-C202-428C-B2E1-48DF515442AA}"/>
     <cellStyle name="Currency" xfId="9" builtinId="4"/>
     <cellStyle name="Input 1" xfId="14" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Input 2" xfId="15" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 3" xfId="11" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 4" xfId="16" xr:uid="{58E7BD3B-EDCE-409D-B252-985CD4D9FEBA}"/>
     <cellStyle name="Note 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Note 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Note 2 4" xfId="5" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Note 2 5" xfId="6" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Note 3" xfId="7" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Note 4" xfId="8" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Percent 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="Percent 3" xfId="18" xr:uid="{EFA928B2-3FB4-41DC-BCB2-91E9CECA547D}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Button" lockText="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1104900</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>31750</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>1352550</xdr:colOff>
+          <xdr:colOff>1339850</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>169545</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2049" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2049"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1542F357-FCBC-4E94-A571-FEAE73EF6148}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -1322,63 +1321,63 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1104900</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>1316355</xdr:colOff>
+          <xdr:colOff>1327150</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>224</xdr:rowOff>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2050" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2050"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F674440-9025-404E-A177-1BF5412F898F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -1389,286 +1388,286 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1104900</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>1316355</xdr:colOff>
+          <xdr:colOff>1327150</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>19050</xdr:rowOff>
+          <xdr:rowOff>6350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2051" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2051"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{727B643B-FFBB-4D25-B24F-B433C4F4552D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1104900</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1409700</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>17145</xdr:rowOff>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2052" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2052"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5454357-BFEB-4D2E-B100-32CAB040136F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1104900</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>1430655</xdr:colOff>
+          <xdr:colOff>1441450</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>224</xdr:rowOff>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2053" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2053"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9678F25B-68DC-44BE-97A6-96A795513818}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>304800</xdr:colOff>
           <xdr:row>0</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>63500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
           <xdr:colOff>1028700</xdr:colOff>
           <xdr:row>0</xdr:row>
-          <xdr:rowOff>285750</xdr:rowOff>
+          <xdr:rowOff>298450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2054" name="Button 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2054"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68D401E5-282D-4E50-B428-5BF64B887882}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="32004" rIns="36576" bIns="32004" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="36576" rIns="36576" bIns="36576" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Calibri"/>
                   <a:ea typeface="Calibri"/>
                   <a:cs typeface="Calibri"/>
                 </a:rPr>
                 <a:t>Print Form</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData fPrintsWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
@@ -1718,67 +1717,65 @@
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\bffiles\admn\accounting\Common\Service%20Centers\1%20-%20Surplus-Deficit%20Threshold%20Calc.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\bffiles\admn\accounting\Common\Service%20Centers\1%20-%20Surplus-Deficit%20Threshold%20Calc.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="FY26 Checklist_USR"/>
       <sheetName val="FY26 Checklist"/>
       <sheetName val="Depreciation Schedule"/>
       <sheetName val="Combined Approval Sheet"/>
       <sheetName val="FY21"/>
+      <sheetName val="1 - Surplus-Deficit Threshold C"/>
     </sheetNames>
     <definedNames>
       <definedName name="formprint"/>
     </definedNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
+      <sheetData sheetId="5" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2041,2480 +2038,2480 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C122CA9-7351-424F-ADBA-7ADF9FC69C11}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q38"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="120" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="120" workbookViewId="0">
       <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.33203125" style="117" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="18" max="16384" width="9.109375" style="117"/>
+    <col min="1" max="1" width="4.36328125" style="111" customWidth="1"/>
+    <col min="2" max="2" width="22.54296875" style="111" customWidth="1"/>
+    <col min="3" max="3" width="28.453125" style="111" customWidth="1"/>
+    <col min="4" max="4" width="21.6328125" style="111" customWidth="1"/>
+    <col min="5" max="5" width="2.08984375" style="111" customWidth="1"/>
+    <col min="6" max="6" width="16.36328125" style="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.54296875" style="97" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.36328125" style="97" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.36328125" style="97" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="23.6328125" style="97" bestFit="1" customWidth="1"/>
+    <col min="11" max="13" width="11.54296875" style="97" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="15.36328125" style="97" bestFit="1" customWidth="1"/>
+    <col min="15" max="16" width="11.54296875" style="97" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="10.54296875" style="111" bestFit="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.08984375" style="111"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="28.8" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="100" t="s">
+    <row r="1" spans="1:15" ht="28.5" x14ac:dyDescent="0.65">
+      <c r="A1" s="128" t="s">
         <v>44</v>
       </c>
-      <c r="B1" s="100"/>
-[...6 lines deleted...]
-      <c r="A2" s="102" t="s">
+      <c r="B1" s="128"/>
+      <c r="C1" s="128"/>
+      <c r="D1" s="128"/>
+      <c r="E1" s="128"/>
+      <c r="F1" s="128"/>
+    </row>
+    <row r="2" spans="1:15" ht="28.5" x14ac:dyDescent="0.65">
+      <c r="A2" s="129" t="s">
         <v>54</v>
       </c>
-      <c r="B2" s="102"/>
-[...7 lines deleted...]
-      <c r="A3" s="104" t="s">
+      <c r="B2" s="129"/>
+      <c r="C2" s="129"/>
+      <c r="D2" s="129"/>
+      <c r="E2" s="129"/>
+      <c r="F2" s="129"/>
+      <c r="G2" s="98"/>
+    </row>
+    <row r="3" spans="1:15" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A3" s="130" t="s">
         <v>78</v>
       </c>
-      <c r="B3" s="104"/>
-[...8 lines deleted...]
-      <c r="B4" s="107" t="s">
+      <c r="B3" s="130"/>
+      <c r="C3" s="130"/>
+      <c r="D3" s="130"/>
+      <c r="E3" s="130"/>
+      <c r="F3" s="130"/>
+      <c r="G3" s="99"/>
+    </row>
+    <row r="4" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="100"/>
+      <c r="B4" s="101" t="s">
         <v>79</v>
       </c>
-      <c r="C4" s="108"/>
-[...7 lines deleted...]
-      <c r="B5" s="107" t="s">
+      <c r="C4" s="102"/>
+      <c r="D4" s="100"/>
+      <c r="E4" s="100"/>
+      <c r="F4" s="100"/>
+      <c r="G4" s="99"/>
+    </row>
+    <row r="5" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A5" s="100"/>
+      <c r="B5" s="101" t="s">
         <v>80</v>
       </c>
       <c r="C5" s="26"/>
-      <c r="D5" s="106"/>
-[...6 lines deleted...]
-      <c r="B6" s="107" t="s">
+      <c r="D5" s="100"/>
+      <c r="E5" s="100"/>
+      <c r="F5" s="100"/>
+      <c r="G5" s="99"/>
+    </row>
+    <row r="6" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A6" s="100"/>
+      <c r="B6" s="101" t="s">
         <v>81</v>
       </c>
-      <c r="C6" s="108"/>
-[...7 lines deleted...]
-      <c r="B7" s="107" t="s">
+      <c r="C6" s="102"/>
+      <c r="D6" s="100"/>
+      <c r="E6" s="100"/>
+      <c r="F6" s="100"/>
+      <c r="G6" s="99"/>
+    </row>
+    <row r="7" spans="1:15" ht="21" x14ac:dyDescent="0.5">
+      <c r="A7" s="103"/>
+      <c r="B7" s="101" t="s">
         <v>56</v>
       </c>
-      <c r="C7" s="110" t="s">
+      <c r="C7" s="104" t="s">
         <v>69</v>
       </c>
-      <c r="D7" s="111" t="str">
+      <c r="D7" s="105" t="str">
         <f>IF(C7="USR","UNREVIEWED"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E7" s="107"/>
-[...20 lines deleted...]
-      <c r="B9" s="107" t="s">
+      <c r="E7" s="101"/>
+      <c r="F7" s="101"/>
+      <c r="K7" s="106"/>
+      <c r="L7" s="106"/>
+      <c r="N7" s="106"/>
+      <c r="O7" s="106"/>
+    </row>
+    <row r="8" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="103"/>
+      <c r="B8" s="107"/>
+      <c r="C8" s="101"/>
+      <c r="D8" s="108"/>
+      <c r="E8" s="101"/>
+      <c r="F8" s="101"/>
+      <c r="K8" s="106"/>
+      <c r="L8" s="106"/>
+      <c r="N8" s="106"/>
+      <c r="O8" s="106"/>
+    </row>
+    <row r="9" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="103"/>
+      <c r="B9" s="101" t="s">
         <v>57</v>
       </c>
-      <c r="C9" s="107"/>
-[...11 lines deleted...]
-      <c r="B10" s="107" t="s">
+      <c r="C9" s="101"/>
+      <c r="D9" s="108"/>
+      <c r="E9" s="101"/>
+      <c r="F9" s="101"/>
+      <c r="K9" s="106"/>
+      <c r="L9" s="106"/>
+      <c r="M9" s="106"/>
+      <c r="N9" s="106"/>
+      <c r="O9" s="106"/>
+    </row>
+    <row r="10" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="103"/>
+      <c r="B10" s="101" t="s">
         <v>58</v>
       </c>
-      <c r="C10" s="107"/>
-[...11 lines deleted...]
-      <c r="B11" s="107" t="s">
+      <c r="C10" s="101"/>
+      <c r="D10" s="108"/>
+      <c r="E10" s="101"/>
+      <c r="F10" s="101"/>
+      <c r="K10" s="106"/>
+      <c r="L10" s="106"/>
+      <c r="M10" s="106"/>
+      <c r="N10" s="106"/>
+      <c r="O10" s="106"/>
+    </row>
+    <row r="11" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="103"/>
+      <c r="B11" s="101" t="s">
         <v>59</v>
       </c>
-      <c r="C11" s="107"/>
-[...11 lines deleted...]
-      <c r="B12" s="107" t="s">
+      <c r="C11" s="101"/>
+      <c r="D11" s="108"/>
+      <c r="E11" s="101"/>
+      <c r="F11" s="101"/>
+      <c r="K11" s="106"/>
+      <c r="L11" s="106"/>
+      <c r="M11" s="106"/>
+      <c r="N11" s="106"/>
+      <c r="O11" s="106"/>
+    </row>
+    <row r="12" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="103"/>
+      <c r="B12" s="101" t="s">
         <v>60</v>
       </c>
-      <c r="C12" s="107"/>
-[...11 lines deleted...]
-      <c r="B13" s="115" t="s">
+      <c r="C12" s="101"/>
+      <c r="D12" s="101"/>
+      <c r="E12" s="101"/>
+      <c r="F12" s="101"/>
+      <c r="K12" s="106"/>
+      <c r="L12" s="106"/>
+      <c r="M12" s="106"/>
+      <c r="N12" s="106"/>
+      <c r="O12" s="106"/>
+    </row>
+    <row r="13" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="103"/>
+      <c r="B13" s="109" t="s">
         <v>61</v>
       </c>
-      <c r="C13" s="107"/>
-[...24 lines deleted...]
-      <c r="B15" s="115" t="s">
+      <c r="C13" s="101"/>
+      <c r="D13" s="101"/>
+      <c r="E13" s="101"/>
+      <c r="F13" s="101"/>
+      <c r="K13" s="106"/>
+      <c r="L13" s="106"/>
+      <c r="M13" s="106"/>
+      <c r="N13" s="106"/>
+      <c r="O13" s="106"/>
+    </row>
+    <row r="14" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="103"/>
+      <c r="B14" s="109"/>
+      <c r="C14" s="101"/>
+      <c r="D14" s="101"/>
+      <c r="E14" s="101"/>
+      <c r="F14" s="101"/>
+      <c r="K14" s="106"/>
+      <c r="L14" s="106"/>
+      <c r="M14" s="106"/>
+      <c r="N14" s="106"/>
+      <c r="O14" s="106"/>
+    </row>
+    <row r="15" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="103"/>
+      <c r="B15" s="109" t="s">
         <v>82</v>
       </c>
-      <c r="C15" s="116"/>
-[...11 lines deleted...]
-      <c r="B16" s="107" t="s">
+      <c r="C15" s="110"/>
+      <c r="D15" s="101"/>
+      <c r="E15" s="101"/>
+      <c r="F15" s="101"/>
+      <c r="K15" s="106"/>
+      <c r="L15" s="106"/>
+      <c r="M15" s="106"/>
+      <c r="N15" s="106"/>
+      <c r="O15" s="106"/>
+    </row>
+    <row r="16" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="103"/>
+      <c r="B16" s="101" t="s">
         <v>55</v>
       </c>
-      <c r="C16" s="116">
-[...13 lines deleted...]
-      <c r="B17" s="107" t="s">
+      <c r="C16" s="110">
+        <v>0</v>
+      </c>
+      <c r="D16" s="101"/>
+      <c r="E16" s="101"/>
+      <c r="F16" s="101"/>
+      <c r="K16" s="106"/>
+      <c r="L16" s="106"/>
+      <c r="M16" s="106"/>
+      <c r="N16" s="106"/>
+      <c r="O16" s="106"/>
+    </row>
+    <row r="17" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="103"/>
+      <c r="B17" s="101" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="28">
         <v>0</v>
       </c>
-      <c r="D17" s="107"/>
-[...23 lines deleted...]
-      <c r="B19" s="121" t="s">
+      <c r="D17" s="101"/>
+      <c r="E17" s="101"/>
+      <c r="F17" s="101"/>
+      <c r="K17" s="106"/>
+      <c r="L17" s="106"/>
+      <c r="M17" s="106"/>
+      <c r="N17" s="106"/>
+      <c r="O17" s="106"/>
+    </row>
+    <row r="18" spans="1:17" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="112"/>
+      <c r="B18" s="113"/>
+      <c r="C18" s="114"/>
+      <c r="D18" s="114"/>
+      <c r="E18" s="114"/>
+      <c r="F18" s="114"/>
+      <c r="K18" s="106"/>
+      <c r="L18" s="106"/>
+      <c r="M18" s="106"/>
+      <c r="N18" s="106"/>
+      <c r="O18" s="106"/>
+    </row>
+    <row r="19" spans="1:17" ht="23.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A19" s="103"/>
+      <c r="B19" s="131" t="s">
         <v>45</v>
       </c>
-      <c r="C19" s="121"/>
-[...24 lines deleted...]
-      <c r="B21" s="107" t="s">
+      <c r="C19" s="131"/>
+      <c r="D19" s="131"/>
+      <c r="E19" s="131"/>
+      <c r="F19" s="131"/>
+      <c r="K19" s="106"/>
+      <c r="L19" s="106"/>
+      <c r="M19" s="106"/>
+      <c r="N19" s="106"/>
+      <c r="O19" s="106"/>
+    </row>
+    <row r="20" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="103"/>
+      <c r="B20" s="101"/>
+      <c r="C20" s="101"/>
+      <c r="D20" s="101"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="115"/>
+      <c r="K20" s="106"/>
+      <c r="L20" s="106"/>
+      <c r="M20" s="106"/>
+      <c r="N20" s="106"/>
+      <c r="O20" s="106"/>
+    </row>
+    <row r="21" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="103"/>
+      <c r="B21" s="101" t="s">
         <v>63</v>
       </c>
-      <c r="C21" s="107"/>
+      <c r="C21" s="101"/>
       <c r="D21" s="28">
         <v>0</v>
       </c>
-      <c r="E21" s="123"/>
-[...9 lines deleted...]
-      <c r="B22" s="107" t="s">
+      <c r="E21" s="116"/>
+      <c r="F21" s="117"/>
+      <c r="K21" s="106"/>
+      <c r="L21" s="106"/>
+      <c r="M21" s="106"/>
+      <c r="N21" s="106"/>
+      <c r="O21" s="106"/>
+    </row>
+    <row r="22" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="103"/>
+      <c r="B22" s="101" t="s">
         <v>46</v>
       </c>
-      <c r="C22" s="107"/>
-[...13 lines deleted...]
-      <c r="B23" s="107" t="s">
+      <c r="C22" s="101"/>
+      <c r="D22" s="118">
+        <v>0</v>
+      </c>
+      <c r="E22" s="116"/>
+      <c r="F22" s="116"/>
+      <c r="K22" s="106"/>
+      <c r="L22" s="106"/>
+      <c r="M22" s="106"/>
+      <c r="N22" s="106"/>
+      <c r="O22" s="106"/>
+    </row>
+    <row r="23" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="103"/>
+      <c r="B23" s="101" t="s">
         <v>47</v>
       </c>
-      <c r="C23" s="107"/>
-      <c r="D23" s="123">
+      <c r="C23" s="101"/>
+      <c r="D23" s="116">
         <f>D21-D22</f>
         <v>0</v>
       </c>
-      <c r="E23" s="123"/>
-[...9 lines deleted...]
-      <c r="B24" s="126" t="s">
+      <c r="E23" s="116"/>
+      <c r="F23" s="116"/>
+      <c r="K23" s="106"/>
+      <c r="L23" s="106"/>
+      <c r="M23" s="106"/>
+      <c r="N23" s="106"/>
+      <c r="O23" s="106"/>
+    </row>
+    <row r="24" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="103"/>
+      <c r="B24" s="119" t="s">
         <v>48</v>
       </c>
-      <c r="C24" s="126"/>
-      <c r="D24" s="127">
+      <c r="C24" s="119"/>
+      <c r="D24" s="120">
         <v>0.15</v>
       </c>
-      <c r="E24" s="128"/>
-[...9 lines deleted...]
-      <c r="B25" s="107" t="s">
+      <c r="E24" s="121"/>
+      <c r="F24" s="122"/>
+      <c r="K24" s="106"/>
+      <c r="L24" s="106"/>
+      <c r="M24" s="106"/>
+      <c r="N24" s="106"/>
+      <c r="O24" s="106"/>
+    </row>
+    <row r="25" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="103"/>
+      <c r="B25" s="101" t="s">
         <v>49</v>
       </c>
-      <c r="C25" s="107"/>
-      <c r="D25" s="123">
+      <c r="C25" s="101"/>
+      <c r="D25" s="116">
         <f>D23*D24</f>
         <v>0</v>
       </c>
-      <c r="E25" s="123"/>
-[...22 lines deleted...]
-      <c r="B27" s="107" t="s">
+      <c r="E25" s="116"/>
+      <c r="F25" s="116"/>
+      <c r="K25" s="106"/>
+      <c r="L25" s="106"/>
+      <c r="M25" s="106"/>
+      <c r="N25" s="106"/>
+      <c r="O25" s="106"/>
+    </row>
+    <row r="26" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="103"/>
+      <c r="B26" s="101"/>
+      <c r="C26" s="101"/>
+      <c r="D26" s="116"/>
+      <c r="E26" s="116"/>
+      <c r="F26" s="116"/>
+      <c r="K26" s="106"/>
+      <c r="L26" s="106"/>
+      <c r="M26" s="106"/>
+      <c r="N26" s="106"/>
+      <c r="O26" s="106"/>
+    </row>
+    <row r="27" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="103"/>
+      <c r="B27" s="101" t="s">
         <v>64</v>
       </c>
-      <c r="C27" s="107"/>
-[...12 lines deleted...]
-      <c r="B28" s="107" t="s">
+      <c r="C27" s="101"/>
+      <c r="D27" s="116"/>
+      <c r="E27" s="116"/>
+      <c r="F27" s="116"/>
+      <c r="K27" s="106"/>
+      <c r="L27" s="106"/>
+      <c r="M27" s="106"/>
+      <c r="N27" s="106"/>
+      <c r="O27" s="106"/>
+      <c r="Q27" s="123"/>
+    </row>
+    <row r="28" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="103"/>
+      <c r="B28" s="101" t="s">
         <v>65</v>
       </c>
-      <c r="C28" s="131">
+      <c r="C28" s="124">
         <v>45868</v>
       </c>
       <c r="D28" s="29">
         <v>0</v>
       </c>
-      <c r="E28" s="123"/>
-[...12 lines deleted...]
-      <c r="D29" s="123" t="s">
+      <c r="E28" s="116"/>
+      <c r="F28" s="116"/>
+      <c r="K28" s="106"/>
+      <c r="L28" s="106"/>
+      <c r="M28" s="106"/>
+      <c r="N28" s="106"/>
+      <c r="O28" s="106"/>
+      <c r="Q28" s="123"/>
+    </row>
+    <row r="29" spans="1:17" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="103"/>
+      <c r="B29" s="101"/>
+      <c r="C29" s="101"/>
+      <c r="D29" s="116" t="s">
         <v>53</v>
       </c>
-      <c r="E29" s="123"/>
-[...9 lines deleted...]
-      <c r="B30" s="107" t="s">
+      <c r="E29" s="116"/>
+      <c r="F29" s="116"/>
+      <c r="K29" s="106"/>
+      <c r="L29" s="106"/>
+      <c r="M29" s="106"/>
+      <c r="N29" s="106"/>
+      <c r="O29" s="106"/>
+    </row>
+    <row r="30" spans="1:17" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="103"/>
+      <c r="B30" s="101" t="s">
         <v>66</v>
       </c>
-      <c r="C30" s="107"/>
-      <c r="D30" s="123" t="str">
+      <c r="C30" s="101"/>
+      <c r="D30" s="116" t="str">
         <f>IF($D$28&gt;0,IF($D$28&gt;$D$25,$D$28-$D$25,""),"")</f>
         <v/>
       </c>
-      <c r="E30" s="123"/>
-[...9 lines deleted...]
-      <c r="B31" s="107" t="s">
+      <c r="E30" s="116"/>
+      <c r="F30" s="116"/>
+      <c r="K30" s="106"/>
+      <c r="L30" s="106"/>
+      <c r="M30" s="106"/>
+      <c r="N30" s="106"/>
+      <c r="O30" s="106"/>
+    </row>
+    <row r="31" spans="1:17" s="97" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="125"/>
+      <c r="B31" s="101" t="s">
         <v>67</v>
       </c>
-      <c r="C31" s="107"/>
-      <c r="D31" s="123" t="str">
+      <c r="C31" s="101"/>
+      <c r="D31" s="116" t="str">
         <f>IF($D$28&lt;0,IF($D$28&lt;-$D$25,$D$28+$D$25,""),"")</f>
         <v/>
       </c>
-      <c r="E31" s="123"/>
-[...22 lines deleted...]
-      <c r="B33" s="107" t="s">
+      <c r="E31" s="116"/>
+      <c r="F31" s="116"/>
+      <c r="K31" s="106"/>
+      <c r="L31" s="106"/>
+      <c r="M31" s="106"/>
+      <c r="N31" s="106"/>
+      <c r="O31" s="106"/>
+    </row>
+    <row r="32" spans="1:17" s="97" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="125"/>
+      <c r="B32" s="101"/>
+      <c r="C32" s="101"/>
+      <c r="D32" s="116"/>
+      <c r="E32" s="116"/>
+      <c r="F32" s="116"/>
+      <c r="K32" s="106"/>
+      <c r="L32" s="106"/>
+      <c r="M32" s="106"/>
+      <c r="N32" s="106"/>
+      <c r="O32" s="106"/>
+    </row>
+    <row r="33" spans="1:15" s="97" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="125"/>
+      <c r="B33" s="101" t="s">
         <v>68</v>
       </c>
-      <c r="C33" s="107"/>
+      <c r="C33" s="101"/>
       <c r="D33" s="28"/>
-      <c r="E33" s="123"/>
-[...72 lines deleted...]
-      <c r="M38" s="112"/>
+      <c r="E33" s="116"/>
+      <c r="F33" s="116"/>
+      <c r="K33" s="106"/>
+      <c r="L33" s="106"/>
+      <c r="M33" s="106"/>
+      <c r="N33" s="106"/>
+      <c r="O33" s="106"/>
+    </row>
+    <row r="34" spans="1:15" s="97" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="125"/>
+      <c r="B34" s="101"/>
+      <c r="C34" s="101"/>
+      <c r="D34" s="116"/>
+      <c r="E34" s="116"/>
+      <c r="F34" s="116"/>
+      <c r="K34" s="106"/>
+      <c r="L34" s="106"/>
+      <c r="M34" s="106"/>
+      <c r="N34" s="106"/>
+      <c r="O34" s="106"/>
+    </row>
+    <row r="35" spans="1:15" s="97" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="125"/>
+      <c r="B35" s="101"/>
+      <c r="C35" s="101"/>
+      <c r="D35" s="116"/>
+      <c r="E35" s="116"/>
+      <c r="F35" s="116"/>
+      <c r="K35" s="106"/>
+      <c r="L35" s="106"/>
+      <c r="M35" s="106"/>
+      <c r="N35" s="106"/>
+      <c r="O35" s="106"/>
+    </row>
+    <row r="36" spans="1:15" s="97" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="126"/>
+      <c r="B36" s="132"/>
+      <c r="C36" s="133"/>
+      <c r="D36" s="133"/>
+      <c r="E36" s="133"/>
+      <c r="F36" s="134"/>
+      <c r="G36" s="127"/>
+      <c r="H36" s="127"/>
+      <c r="K36" s="106"/>
+      <c r="L36" s="106"/>
+      <c r="M36" s="106"/>
+      <c r="N36" s="106"/>
+      <c r="O36" s="106"/>
+    </row>
+    <row r="37" spans="1:15" s="97" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="125"/>
+      <c r="B37" s="135"/>
+      <c r="C37" s="136"/>
+      <c r="D37" s="136"/>
+      <c r="E37" s="136"/>
+      <c r="F37" s="137"/>
+      <c r="G37" s="127"/>
+      <c r="H37" s="127"/>
+      <c r="K37" s="106"/>
+      <c r="L37" s="106"/>
+      <c r="M37" s="106"/>
+    </row>
+    <row r="38" spans="1:15" s="97" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="125"/>
+      <c r="B38" s="101"/>
+      <c r="C38" s="101"/>
+      <c r="D38" s="101"/>
+      <c r="E38" s="101"/>
+      <c r="F38" s="101"/>
+      <c r="G38" s="106"/>
+      <c r="H38" s="106"/>
+      <c r="K38" s="106"/>
+      <c r="L38" s="106"/>
+      <c r="M38" s="106"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="B36:F37"/>
   </mergeCells>
   <conditionalFormatting sqref="C5">
     <cfRule type="duplicateValues" dxfId="0" priority="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="94" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2049" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1104900</xdr:colOff>
                     <xdr:row>8</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
-                    <xdr:colOff>1341120</xdr:colOff>
+                    <xdr:colOff>1339850</xdr:colOff>
                     <xdr:row>8</xdr:row>
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2050" r:id="rId5" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1104900</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
-                    <xdr:colOff>1325880</xdr:colOff>
+                    <xdr:colOff>1327150</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2051" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1104900</xdr:colOff>
                     <xdr:row>9</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
-                    <xdr:colOff>1325880</xdr:colOff>
+                    <xdr:colOff>1327150</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2052" r:id="rId7" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1104900</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1409700</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2053" r:id="rId8" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1104900</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
-                    <xdr:colOff>1440180</xdr:colOff>
+                    <xdr:colOff>1441450</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2054" r:id="rId9" name="Button 6">
               <controlPr defaultSize="0" print="0" autoFill="0" autoPict="0" macro="[1]!formprint">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>304800</xdr:colOff>
                     <xdr:row>0</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>63500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>1028700</xdr:colOff>
                     <xdr:row>0</xdr:row>
-                    <xdr:rowOff>297180</xdr:rowOff>
+                    <xdr:rowOff>298450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V114"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="K20" sqref="K20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.6640625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.44140625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="4.6328125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="52.90625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="8" customWidth="1"/>
+    <col min="4" max="4" width="2.6328125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.54296875" style="4" customWidth="1"/>
+    <col min="6" max="6" width="16.453125" style="4" customWidth="1"/>
     <col min="7" max="7" width="4" style="4" customWidth="1"/>
-    <col min="8" max="8" width="11.6640625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="9.33203125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.6328125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="10.6328125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.36328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="27" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="97" t="s">
+    <row r="1" spans="1:10" s="27" customFormat="1" ht="28.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="138" t="s">
         <v>70</v>
       </c>
-      <c r="B1" s="97"/>
-[...8 lines deleted...]
-      <c r="A2" s="97" t="s">
+      <c r="B1" s="138"/>
+      <c r="C1" s="138"/>
+      <c r="D1" s="138"/>
+      <c r="E1" s="138"/>
+      <c r="F1" s="138"/>
+      <c r="G1" s="138"/>
+      <c r="H1" s="138"/>
+    </row>
+    <row r="2" spans="1:10" s="27" customFormat="1" ht="28.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="138" t="s">
         <v>71</v>
       </c>
-      <c r="B2" s="97"/>
-[...8 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="138"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+    </row>
+    <row r="3" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="139" t="s">
         <v>77</v>
       </c>
-      <c r="B3" s="99"/>
-[...7 lines deleted...]
-    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="B3" s="140"/>
+      <c r="C3" s="140"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="140"/>
+      <c r="F3" s="140"/>
+      <c r="G3" s="140"/>
+      <c r="H3" s="140"/>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="7"/>
       <c r="D4" s="2"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
     </row>
-    <row r="5" spans="1:10" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:10" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A5" s="39"/>
       <c r="B5" s="39"/>
       <c r="C5" s="40" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="39"/>
       <c r="E5" s="41" t="s">
         <v>72</v>
       </c>
       <c r="F5" s="41" t="s">
         <v>73</v>
       </c>
       <c r="G5" s="42"/>
       <c r="H5" s="39"/>
       <c r="I5" s="43"/>
       <c r="J5" s="43"/>
     </row>
-    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A6" s="44" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="39"/>
       <c r="C6" s="45"/>
       <c r="D6" s="39"/>
       <c r="E6" s="46"/>
       <c r="F6" s="46"/>
       <c r="G6" s="46"/>
       <c r="H6" s="39"/>
       <c r="I6" s="43"/>
       <c r="J6" s="43"/>
     </row>
-    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A7" s="47" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="39"/>
       <c r="C7" s="48"/>
       <c r="D7" s="39"/>
       <c r="E7" s="49"/>
       <c r="F7" s="42"/>
       <c r="G7" s="42"/>
       <c r="H7" s="39"/>
       <c r="I7" s="43"/>
       <c r="J7" s="43"/>
     </row>
-    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A8" s="44"/>
       <c r="B8" s="39" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="50">
         <f>SUM(E8:F8)</f>
         <v>0</v>
       </c>
       <c r="D8" s="51"/>
       <c r="E8" s="52">
         <v>0</v>
       </c>
       <c r="F8" s="52">
         <v>0</v>
       </c>
       <c r="G8" s="53"/>
       <c r="H8" s="39"/>
       <c r="I8" s="43"/>
       <c r="J8" s="43"/>
     </row>
-    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A9" s="44"/>
       <c r="B9" s="39" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="50">
         <f>SUM(E9:F9)</f>
         <v>0</v>
       </c>
       <c r="D9" s="51"/>
       <c r="E9" s="52"/>
       <c r="F9" s="52"/>
       <c r="G9" s="53"/>
       <c r="H9" s="54"/>
       <c r="I9" s="55"/>
       <c r="J9" s="43"/>
     </row>
-    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A10" s="44"/>
       <c r="B10" s="39" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="50">
         <f>SUM(E10:F10)</f>
         <v>0</v>
       </c>
       <c r="D10" s="56"/>
       <c r="E10" s="52">
         <f>E8*0.4</f>
         <v>0</v>
       </c>
       <c r="F10" s="52">
         <f>F8*0.4</f>
         <v>0</v>
       </c>
       <c r="G10" s="53"/>
       <c r="H10" s="54"/>
       <c r="I10" s="55"/>
       <c r="J10" s="43"/>
     </row>
-    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A11" s="39"/>
       <c r="B11" s="57" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="58">
         <f>SUM(C8:C10)</f>
         <v>0</v>
       </c>
       <c r="D11" s="56"/>
       <c r="E11" s="59">
         <f>SUM(E8:E10)</f>
         <v>0</v>
       </c>
       <c r="F11" s="59">
         <f t="shared" ref="F11" si="0">SUM(F8:F10)</f>
         <v>0</v>
       </c>
       <c r="G11" s="60"/>
       <c r="H11" s="39"/>
       <c r="I11" s="43"/>
       <c r="J11" s="43"/>
     </row>
-    <row r="12" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A12" s="39"/>
       <c r="B12" s="57"/>
       <c r="C12" s="56"/>
       <c r="D12" s="56"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="61"/>
       <c r="H12" s="62"/>
       <c r="I12" s="43"/>
       <c r="J12" s="43"/>
     </row>
-    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A13" s="39"/>
       <c r="B13" s="39"/>
       <c r="C13" s="56"/>
       <c r="D13" s="56"/>
       <c r="E13" s="56"/>
       <c r="F13" s="56"/>
       <c r="G13" s="46"/>
       <c r="H13" s="39"/>
       <c r="I13" s="43"/>
       <c r="J13" s="43"/>
     </row>
-    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A14" s="44" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="39"/>
       <c r="C14" s="56"/>
       <c r="D14" s="56"/>
       <c r="E14" s="56"/>
       <c r="F14" s="56"/>
       <c r="G14" s="46"/>
       <c r="H14" s="39"/>
       <c r="I14" s="43"/>
       <c r="J14" s="43"/>
     </row>
-    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A15" s="39"/>
       <c r="B15" s="39"/>
       <c r="C15" s="63">
         <f t="shared" ref="C15:C22" si="1">SUM(E15:F15)</f>
         <v>0</v>
       </c>
       <c r="D15" s="56"/>
       <c r="E15" s="64">
         <v>0</v>
       </c>
       <c r="F15" s="64">
         <v>0</v>
       </c>
       <c r="G15" s="46"/>
       <c r="H15" s="39"/>
       <c r="I15" s="43"/>
       <c r="J15" s="43"/>
     </row>
-    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A16" s="39"/>
       <c r="B16" s="39"/>
       <c r="C16" s="63">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D16" s="56"/>
       <c r="E16" s="64"/>
       <c r="F16" s="64"/>
       <c r="G16" s="46"/>
       <c r="H16" s="39"/>
       <c r="I16" s="43"/>
       <c r="J16" s="43"/>
     </row>
-    <row r="17" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A17" s="39"/>
       <c r="B17" s="39"/>
       <c r="C17" s="63">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D17" s="56"/>
       <c r="E17" s="64"/>
       <c r="F17" s="64"/>
       <c r="G17" s="46"/>
       <c r="H17" s="39"/>
       <c r="I17" s="43"/>
       <c r="J17" s="43"/>
     </row>
-    <row r="18" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A18" s="39"/>
       <c r="B18" s="39"/>
       <c r="C18" s="63">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D18" s="56"/>
       <c r="E18" s="64">
         <v>0</v>
       </c>
       <c r="F18" s="64"/>
       <c r="G18" s="46"/>
       <c r="H18" s="39"/>
       <c r="I18" s="43"/>
       <c r="J18" s="43"/>
     </row>
-    <row r="19" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A19" s="39"/>
       <c r="B19" s="39"/>
       <c r="C19" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D19" s="56"/>
       <c r="E19" s="64">
         <v>0</v>
       </c>
       <c r="F19" s="64"/>
       <c r="G19" s="46"/>
       <c r="H19" s="39"/>
       <c r="I19" s="43"/>
       <c r="J19" s="43"/>
       <c r="Q19">
         <v>1</v>
       </c>
     </row>
-    <row r="20" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A20" s="39"/>
       <c r="B20" s="39"/>
       <c r="C20" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D20" s="56"/>
       <c r="E20" s="64"/>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="46"/>
       <c r="H20" s="39"/>
       <c r="I20" s="43"/>
       <c r="J20" s="43"/>
     </row>
-    <row r="21" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A21" s="39"/>
       <c r="B21" s="39"/>
       <c r="C21" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D21" s="56"/>
       <c r="E21" s="64">
         <v>0</v>
       </c>
       <c r="F21" s="64"/>
       <c r="G21" s="46"/>
       <c r="H21" s="54"/>
       <c r="I21" s="66"/>
       <c r="J21" s="43"/>
     </row>
-    <row r="22" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A22" s="39"/>
       <c r="B22" s="39"/>
       <c r="C22" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D22" s="56"/>
       <c r="E22" s="64">
         <v>0</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="46"/>
       <c r="H22" s="39"/>
       <c r="I22" s="43"/>
       <c r="J22" s="43"/>
       <c r="U22" s="34"/>
       <c r="V22" s="35"/>
     </row>
-    <row r="23" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A23" s="39"/>
       <c r="B23" s="57" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="67">
         <f>SUM(C15:C22)</f>
         <v>0</v>
       </c>
       <c r="D23" s="56"/>
       <c r="E23" s="68">
         <f t="shared" ref="E23:F23" si="2">SUM(E15:E22)</f>
         <v>0</v>
       </c>
       <c r="F23" s="68">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G23" s="46"/>
       <c r="H23" s="39"/>
       <c r="I23" s="39"/>
       <c r="J23" s="39"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="U23" s="34"/>
       <c r="V23" s="35"/>
     </row>
-    <row r="24" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A24" s="39"/>
       <c r="B24" s="39"/>
       <c r="C24" s="56"/>
       <c r="D24" s="56"/>
       <c r="E24" s="56"/>
       <c r="F24" s="56"/>
       <c r="G24" s="46"/>
       <c r="H24" s="69"/>
       <c r="I24" s="43"/>
       <c r="J24" s="43"/>
       <c r="U24" s="34"/>
       <c r="V24" s="36"/>
     </row>
-    <row r="25" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A25" s="44" t="s">
         <v>5</v>
       </c>
       <c r="B25" s="39"/>
       <c r="C25" s="70"/>
       <c r="D25" s="70"/>
       <c r="E25" s="70"/>
       <c r="F25" s="70"/>
       <c r="G25" s="42"/>
       <c r="H25" s="69"/>
       <c r="I25" s="43"/>
       <c r="J25" s="43"/>
       <c r="U25" s="34"/>
       <c r="V25" s="35"/>
     </row>
-    <row r="26" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A26" s="44"/>
       <c r="B26" s="39" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="71">
         <f>SUM(E26:F26)</f>
         <v>0</v>
       </c>
       <c r="D26" s="72"/>
       <c r="E26" s="73">
         <v>0</v>
       </c>
       <c r="F26" s="73">
         <v>0</v>
       </c>
       <c r="G26" s="46"/>
       <c r="H26" s="54"/>
       <c r="I26" s="55"/>
       <c r="J26" s="43"/>
       <c r="K26" s="32"/>
       <c r="U26" s="34"/>
       <c r="V26" s="35"/>
     </row>
-    <row r="27" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A27" s="39"/>
       <c r="B27" s="57" t="s">
         <v>6</v>
       </c>
       <c r="C27" s="74">
         <f>+C26</f>
         <v>0</v>
       </c>
       <c r="D27" s="56"/>
       <c r="E27" s="74">
         <f>+E26</f>
         <v>0</v>
       </c>
       <c r="F27" s="74">
         <f>+F26</f>
         <v>0</v>
       </c>
       <c r="G27" s="75"/>
       <c r="H27" s="39"/>
       <c r="I27" s="43"/>
       <c r="J27" s="43"/>
       <c r="K27" s="33"/>
       <c r="U27" s="34"/>
       <c r="V27" s="35"/>
     </row>
-    <row r="28" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A28" s="39"/>
       <c r="B28" s="39"/>
       <c r="C28" s="56"/>
       <c r="D28" s="56"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="46"/>
       <c r="H28" s="39"/>
       <c r="I28" s="43"/>
       <c r="J28" s="43"/>
       <c r="U28" s="1"/>
     </row>
-    <row r="29" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A29" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="39"/>
       <c r="C29" s="74">
         <f>SUM(E29:F29)</f>
         <v>0</v>
       </c>
       <c r="D29" s="56"/>
       <c r="E29" s="74">
         <f>SUM(E11,E23,E27)</f>
         <v>0</v>
       </c>
       <c r="F29" s="74">
         <f>SUM(F11,F23,F27)</f>
         <v>0</v>
       </c>
       <c r="G29" s="46"/>
       <c r="H29" s="39"/>
       <c r="I29" s="43"/>
       <c r="J29" s="43"/>
     </row>
-    <row r="30" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A30" s="39"/>
       <c r="B30" s="39"/>
       <c r="C30" s="56"/>
       <c r="D30" s="56"/>
       <c r="E30" s="56"/>
       <c r="F30" s="56"/>
       <c r="G30" s="46"/>
       <c r="H30" s="39"/>
       <c r="I30" s="43"/>
       <c r="J30" s="43"/>
     </row>
-    <row r="31" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A31" s="39"/>
       <c r="B31" s="39" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="65">
         <f>SUM(E31:F31)</f>
         <v>0</v>
       </c>
       <c r="D31" s="56"/>
       <c r="E31" s="64">
         <v>0</v>
       </c>
       <c r="F31" s="64">
         <v>0</v>
       </c>
       <c r="G31" s="46"/>
       <c r="H31" s="39"/>
       <c r="I31" s="76"/>
       <c r="J31" s="43"/>
     </row>
-    <row r="32" spans="1:22" ht="18" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:22" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A32" s="39"/>
       <c r="B32" s="39" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="65">
         <f>SUM(E32:F32)</f>
         <v>0</v>
       </c>
       <c r="D32" s="56"/>
       <c r="E32" s="64">
         <v>0</v>
       </c>
       <c r="F32" s="64">
         <v>0</v>
       </c>
       <c r="G32" s="46"/>
       <c r="H32" s="54"/>
       <c r="I32" s="55"/>
       <c r="J32" s="43"/>
     </row>
-    <row r="33" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A33" s="57" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="39"/>
       <c r="C33" s="74">
         <f>SUM(E33:F33)</f>
         <v>0</v>
       </c>
       <c r="D33" s="56"/>
       <c r="E33" s="74">
         <f>+E29+E31-E32</f>
         <v>0</v>
       </c>
       <c r="F33" s="74">
         <f>+F29+F31-F32</f>
         <v>0</v>
       </c>
       <c r="G33" s="46"/>
       <c r="H33" s="39"/>
       <c r="I33" s="43"/>
       <c r="J33" s="43"/>
     </row>
-    <row r="34" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A34" s="57" t="s">
         <v>52</v>
       </c>
       <c r="B34" s="39"/>
       <c r="C34" s="77">
         <f>SUM(E34:F34)</f>
         <v>0</v>
       </c>
       <c r="D34" s="56"/>
       <c r="E34" s="78">
         <v>0</v>
       </c>
       <c r="F34" s="78">
         <v>0</v>
       </c>
       <c r="G34" s="46"/>
       <c r="H34" s="39"/>
       <c r="I34" s="43"/>
       <c r="J34" s="43"/>
     </row>
-    <row r="35" spans="1:14" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="35" spans="1:14" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A35" s="57" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="39"/>
       <c r="C35" s="79">
         <f>SUM(E35:F35)</f>
         <v>0</v>
       </c>
       <c r="D35" s="56"/>
       <c r="E35" s="80">
         <f>SUM(E33:E34)</f>
         <v>0</v>
       </c>
       <c r="F35" s="80">
         <f>SUM(F33:F34)</f>
         <v>0</v>
       </c>
       <c r="G35" s="46"/>
       <c r="H35" s="39"/>
       <c r="I35" s="43"/>
       <c r="J35" s="43"/>
     </row>
-    <row r="36" spans="1:14" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:14" ht="19" thickTop="1" x14ac:dyDescent="0.45">
       <c r="A36" s="57"/>
       <c r="B36" s="39"/>
       <c r="C36" s="45"/>
       <c r="D36" s="39"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="46"/>
       <c r="H36" s="39"/>
       <c r="I36" s="43"/>
       <c r="J36" s="43"/>
     </row>
-    <row r="37" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A37" s="39"/>
       <c r="B37" s="39" t="s">
         <v>15</v>
       </c>
       <c r="C37" s="48"/>
       <c r="D37" s="39"/>
       <c r="E37" s="81">
         <v>1</v>
       </c>
       <c r="F37" s="81">
         <v>1</v>
       </c>
       <c r="G37" s="46"/>
       <c r="H37" s="39"/>
       <c r="I37" s="82"/>
       <c r="J37" s="82"/>
       <c r="K37" s="30"/>
     </row>
-    <row r="38" spans="1:14" s="25" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:14" s="25" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A38" s="83"/>
       <c r="B38" s="83"/>
       <c r="C38" s="84"/>
       <c r="D38" s="83"/>
       <c r="E38" s="85"/>
       <c r="F38" s="85"/>
       <c r="G38" s="86"/>
       <c r="H38" s="83"/>
       <c r="I38" s="87"/>
       <c r="J38" s="87"/>
       <c r="K38" s="24"/>
     </row>
-    <row r="39" spans="1:14" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="39" spans="1:14" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A39" s="39"/>
       <c r="B39" s="39"/>
       <c r="C39" s="45"/>
       <c r="D39" s="39"/>
       <c r="E39" s="41" t="s">
         <v>72</v>
       </c>
       <c r="F39" s="41" t="s">
         <v>73</v>
       </c>
       <c r="G39" s="42"/>
       <c r="H39" s="39"/>
       <c r="I39" s="42"/>
       <c r="J39" s="43"/>
     </row>
-    <row r="40" spans="1:14" s="5" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:14" s="5" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A40" s="39" t="s">
         <v>13</v>
       </c>
       <c r="B40" s="39"/>
       <c r="C40" s="45"/>
       <c r="D40" s="39"/>
       <c r="E40" s="88">
         <f>E35/E37</f>
         <v>0</v>
       </c>
       <c r="F40" s="89">
         <f>F35/F37</f>
         <v>0</v>
       </c>
       <c r="G40" s="46"/>
       <c r="H40" s="54"/>
       <c r="I40" s="55"/>
       <c r="J40" s="43"/>
     </row>
-    <row r="41" spans="1:14" s="6" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:14" s="6" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A41" s="57" t="s">
         <v>76</v>
       </c>
       <c r="B41" s="57"/>
       <c r="C41" s="90"/>
       <c r="D41" s="57"/>
       <c r="E41" s="91"/>
       <c r="F41" s="91"/>
       <c r="G41" s="92"/>
       <c r="H41" s="93"/>
       <c r="I41" s="94"/>
       <c r="J41" s="93"/>
     </row>
-    <row r="42" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A42" s="39"/>
       <c r="B42" s="39"/>
       <c r="C42" s="45"/>
       <c r="D42" s="39"/>
       <c r="E42" s="46"/>
       <c r="F42" s="46"/>
       <c r="G42" s="46"/>
       <c r="H42" s="39"/>
       <c r="I42" s="43"/>
       <c r="J42" s="43"/>
       <c r="M42" s="5"/>
       <c r="N42" s="5"/>
     </row>
-    <row r="43" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A43" s="39" t="s">
         <v>14</v>
       </c>
       <c r="B43" s="39"/>
       <c r="C43" s="95">
         <f>SUM(E43:G43)</f>
         <v>0</v>
       </c>
       <c r="D43" s="39"/>
       <c r="E43" s="96">
         <f>E37*E41</f>
         <v>0</v>
       </c>
       <c r="F43" s="96">
         <f>F37*F41</f>
         <v>0</v>
       </c>
       <c r="G43" s="46"/>
       <c r="H43" s="39"/>
       <c r="I43" s="46"/>
       <c r="J43" s="46"/>
     </row>
-    <row r="44" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A44" s="39"/>
       <c r="B44" s="39"/>
       <c r="C44" s="45"/>
       <c r="D44" s="39"/>
       <c r="E44" s="46"/>
       <c r="F44" s="46"/>
       <c r="G44" s="46"/>
       <c r="H44" s="39"/>
       <c r="I44" s="46"/>
       <c r="J44" s="43"/>
     </row>
-    <row r="45" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A45" s="39"/>
       <c r="B45" s="39"/>
       <c r="C45" s="45"/>
       <c r="D45" s="39"/>
       <c r="E45" s="46"/>
       <c r="F45" s="46"/>
       <c r="G45" s="46"/>
       <c r="H45" s="39"/>
       <c r="I45" s="43"/>
       <c r="J45" s="43"/>
     </row>
-    <row r="46" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A46" s="39"/>
       <c r="B46" s="39"/>
       <c r="C46" s="45"/>
       <c r="D46" s="39"/>
       <c r="E46" s="46"/>
       <c r="F46" s="46"/>
       <c r="G46" s="46"/>
       <c r="H46" s="39"/>
       <c r="I46" s="43"/>
       <c r="J46" s="43"/>
     </row>
-    <row r="47" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A47" s="39"/>
       <c r="B47" s="39"/>
       <c r="C47" s="45"/>
       <c r="D47" s="39"/>
       <c r="E47" s="46"/>
       <c r="F47" s="46"/>
       <c r="G47" s="46"/>
       <c r="H47" s="39"/>
       <c r="I47" s="43"/>
       <c r="J47" s="43"/>
     </row>
-    <row r="48" spans="1:14" ht="18" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:14" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A48" s="39"/>
       <c r="B48" s="39"/>
       <c r="C48" s="45"/>
       <c r="D48" s="39"/>
       <c r="E48" s="46"/>
       <c r="F48" s="46"/>
       <c r="G48" s="46"/>
       <c r="H48" s="39"/>
       <c r="I48" s="43"/>
       <c r="J48" s="43"/>
     </row>
-    <row r="49" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A49" s="39"/>
       <c r="B49" s="39"/>
       <c r="C49" s="45"/>
       <c r="D49" s="39"/>
       <c r="E49" s="46"/>
       <c r="F49" s="46"/>
       <c r="G49" s="46"/>
       <c r="H49" s="39"/>
       <c r="I49" s="43"/>
       <c r="J49" s="43"/>
     </row>
-    <row r="50" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A50" s="39"/>
       <c r="B50" s="39"/>
       <c r="C50" s="45"/>
       <c r="D50" s="39"/>
       <c r="E50" s="46"/>
       <c r="F50" s="46"/>
       <c r="G50" s="46"/>
       <c r="H50" s="39"/>
       <c r="I50" s="43"/>
       <c r="J50" s="43"/>
     </row>
-    <row r="51" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A51" s="39"/>
       <c r="B51" s="39"/>
       <c r="C51" s="45"/>
       <c r="D51" s="39"/>
       <c r="E51" s="46"/>
       <c r="F51" s="46"/>
       <c r="G51" s="46"/>
       <c r="H51" s="39"/>
       <c r="I51" s="43"/>
       <c r="J51" s="43"/>
     </row>
-    <row r="52" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A52" s="39"/>
       <c r="B52" s="39"/>
       <c r="C52" s="45"/>
       <c r="D52" s="39"/>
       <c r="E52" s="46"/>
       <c r="F52" s="46"/>
       <c r="G52" s="46"/>
       <c r="H52" s="39"/>
       <c r="I52" s="43"/>
       <c r="J52" s="43"/>
     </row>
-    <row r="53" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A53" s="39"/>
       <c r="B53" s="39"/>
       <c r="C53" s="45"/>
       <c r="D53" s="39"/>
       <c r="E53" s="46"/>
       <c r="F53" s="46"/>
       <c r="G53" s="46"/>
       <c r="H53" s="39"/>
       <c r="I53" s="43"/>
       <c r="J53" s="43"/>
     </row>
-    <row r="54" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A54" s="39"/>
       <c r="B54" s="39"/>
       <c r="C54" s="45"/>
       <c r="D54" s="39"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="39"/>
       <c r="I54" s="43"/>
       <c r="J54" s="43"/>
     </row>
-    <row r="55" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A55" s="39"/>
       <c r="B55" s="39"/>
       <c r="C55" s="45"/>
       <c r="D55" s="39"/>
       <c r="E55" s="46"/>
       <c r="F55" s="46"/>
       <c r="G55" s="46"/>
       <c r="H55" s="39"/>
       <c r="I55" s="43"/>
       <c r="J55" s="43"/>
     </row>
-    <row r="56" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A56" s="39"/>
       <c r="B56" s="39"/>
       <c r="C56" s="45"/>
       <c r="D56" s="39"/>
       <c r="E56" s="46"/>
       <c r="F56" s="46"/>
       <c r="G56" s="46"/>
       <c r="H56" s="39"/>
       <c r="I56" s="43"/>
       <c r="J56" s="43"/>
     </row>
-    <row r="57" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A57" s="39"/>
       <c r="B57" s="39"/>
       <c r="C57" s="45"/>
       <c r="D57" s="39"/>
       <c r="E57" s="46"/>
       <c r="F57" s="46"/>
       <c r="G57" s="46"/>
       <c r="H57" s="39"/>
       <c r="I57" s="43"/>
       <c r="J57" s="43"/>
     </row>
-    <row r="58" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A58" s="39"/>
       <c r="B58" s="39"/>
       <c r="C58" s="45"/>
       <c r="D58" s="39"/>
       <c r="E58" s="46"/>
       <c r="F58" s="46"/>
       <c r="G58" s="46"/>
       <c r="H58" s="39"/>
       <c r="I58" s="43"/>
       <c r="J58" s="43"/>
     </row>
-    <row r="59" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A59" s="39"/>
       <c r="B59" s="39"/>
       <c r="C59" s="45"/>
       <c r="D59" s="39"/>
       <c r="E59" s="46"/>
       <c r="F59" s="46"/>
       <c r="G59" s="46"/>
       <c r="H59" s="39"/>
       <c r="I59" s="43"/>
       <c r="J59" s="43"/>
     </row>
-    <row r="60" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A60" s="39"/>
       <c r="B60" s="39"/>
       <c r="C60" s="45"/>
       <c r="D60" s="39"/>
       <c r="E60" s="46"/>
       <c r="F60" s="46"/>
       <c r="G60" s="46"/>
       <c r="H60" s="39"/>
       <c r="I60" s="43"/>
       <c r="J60" s="43"/>
     </row>
-    <row r="61" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A61" s="39"/>
       <c r="B61" s="39"/>
       <c r="C61" s="45"/>
       <c r="D61" s="39"/>
       <c r="E61" s="46"/>
       <c r="F61" s="46"/>
       <c r="G61" s="46"/>
       <c r="H61" s="39"/>
       <c r="I61" s="43"/>
       <c r="J61" s="43"/>
     </row>
-    <row r="62" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A62" s="39"/>
       <c r="B62" s="39"/>
       <c r="C62" s="45"/>
       <c r="D62" s="39"/>
       <c r="E62" s="46"/>
       <c r="F62" s="46"/>
       <c r="G62" s="46"/>
       <c r="H62" s="39"/>
       <c r="I62" s="43"/>
       <c r="J62" s="43"/>
     </row>
-    <row r="63" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A63" s="39"/>
       <c r="B63" s="39"/>
       <c r="C63" s="45"/>
       <c r="D63" s="39"/>
       <c r="E63" s="46"/>
       <c r="F63" s="46"/>
       <c r="G63" s="46"/>
       <c r="H63" s="39"/>
       <c r="I63" s="43"/>
       <c r="J63" s="43"/>
     </row>
-    <row r="64" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A64" s="39"/>
       <c r="B64" s="39"/>
       <c r="C64" s="45"/>
       <c r="D64" s="39"/>
       <c r="E64" s="46"/>
       <c r="F64" s="46"/>
       <c r="G64" s="46"/>
       <c r="H64" s="39"/>
       <c r="I64" s="43"/>
       <c r="J64" s="43"/>
     </row>
-    <row r="65" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A65" s="39"/>
       <c r="B65" s="39"/>
       <c r="C65" s="45"/>
       <c r="D65" s="39"/>
       <c r="E65" s="46"/>
       <c r="F65" s="46"/>
       <c r="G65" s="46"/>
       <c r="H65" s="39"/>
       <c r="I65" s="43"/>
       <c r="J65" s="43"/>
     </row>
-    <row r="66" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A66" s="39"/>
       <c r="B66" s="39"/>
       <c r="C66" s="45"/>
       <c r="D66" s="39"/>
       <c r="E66" s="46"/>
       <c r="F66" s="46"/>
       <c r="G66" s="46"/>
       <c r="H66" s="39"/>
       <c r="I66" s="43"/>
       <c r="J66" s="43"/>
     </row>
-    <row r="67" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A67" s="39"/>
       <c r="B67" s="39"/>
       <c r="C67" s="45"/>
       <c r="D67" s="39"/>
       <c r="E67" s="46"/>
       <c r="F67" s="46"/>
       <c r="G67" s="46"/>
       <c r="H67" s="39"/>
       <c r="I67" s="43"/>
       <c r="J67" s="43"/>
     </row>
-    <row r="68" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A68" s="39"/>
       <c r="B68" s="39"/>
       <c r="C68" s="45"/>
       <c r="D68" s="39"/>
       <c r="E68" s="46"/>
       <c r="F68" s="46"/>
       <c r="G68" s="46"/>
       <c r="H68" s="39"/>
       <c r="I68" s="43"/>
       <c r="J68" s="43"/>
     </row>
-    <row r="69" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A69" s="39"/>
       <c r="B69" s="39"/>
       <c r="C69" s="45"/>
       <c r="D69" s="39"/>
       <c r="E69" s="46"/>
       <c r="F69" s="46"/>
       <c r="G69" s="46"/>
       <c r="H69" s="39"/>
       <c r="I69" s="43"/>
       <c r="J69" s="43"/>
     </row>
-    <row r="70" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A70" s="39"/>
       <c r="B70" s="39"/>
       <c r="C70" s="45"/>
       <c r="D70" s="39"/>
       <c r="E70" s="46"/>
       <c r="F70" s="46"/>
       <c r="G70" s="46"/>
       <c r="H70" s="39"/>
       <c r="I70" s="43"/>
       <c r="J70" s="43"/>
     </row>
-    <row r="71" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A71" s="39"/>
       <c r="B71" s="39"/>
       <c r="C71" s="45"/>
       <c r="D71" s="39"/>
       <c r="E71" s="46"/>
       <c r="F71" s="46"/>
       <c r="G71" s="46"/>
       <c r="H71" s="39"/>
       <c r="I71" s="43"/>
       <c r="J71" s="43"/>
     </row>
-    <row r="72" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A72" s="39"/>
       <c r="B72" s="39"/>
       <c r="C72" s="45"/>
       <c r="D72" s="39"/>
       <c r="E72" s="46"/>
       <c r="F72" s="46"/>
       <c r="G72" s="46"/>
       <c r="H72" s="39"/>
       <c r="I72" s="43"/>
       <c r="J72" s="43"/>
     </row>
-    <row r="73" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A73" s="39"/>
       <c r="B73" s="39"/>
       <c r="C73" s="45"/>
       <c r="D73" s="39"/>
       <c r="E73" s="46"/>
       <c r="F73" s="46"/>
       <c r="G73" s="46"/>
       <c r="H73" s="39"/>
       <c r="I73" s="43"/>
       <c r="J73" s="43"/>
     </row>
-    <row r="74" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A74" s="39"/>
       <c r="B74" s="39"/>
       <c r="C74" s="45"/>
       <c r="D74" s="39"/>
       <c r="E74" s="46"/>
       <c r="F74" s="46"/>
       <c r="G74" s="46"/>
       <c r="H74" s="39"/>
       <c r="I74" s="43"/>
       <c r="J74" s="43"/>
     </row>
-    <row r="75" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A75" s="39"/>
       <c r="B75" s="39"/>
       <c r="C75" s="45"/>
       <c r="D75" s="39"/>
       <c r="E75" s="46"/>
       <c r="F75" s="46"/>
       <c r="G75" s="46"/>
       <c r="H75" s="39"/>
       <c r="I75" s="43"/>
       <c r="J75" s="43"/>
     </row>
-    <row r="76" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A76" s="39"/>
       <c r="B76" s="39"/>
       <c r="C76" s="45"/>
       <c r="D76" s="39"/>
       <c r="E76" s="46"/>
       <c r="F76" s="46"/>
       <c r="G76" s="46"/>
       <c r="H76" s="39"/>
       <c r="I76" s="43"/>
       <c r="J76" s="43"/>
     </row>
-    <row r="77" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A77" s="39"/>
       <c r="B77" s="39"/>
       <c r="C77" s="45"/>
       <c r="D77" s="39"/>
       <c r="E77" s="46"/>
       <c r="F77" s="46"/>
       <c r="G77" s="46"/>
       <c r="H77" s="39"/>
       <c r="I77" s="43"/>
       <c r="J77" s="43"/>
     </row>
-    <row r="78" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A78" s="39"/>
       <c r="B78" s="39"/>
       <c r="C78" s="45"/>
       <c r="D78" s="39"/>
       <c r="E78" s="46"/>
       <c r="F78" s="46"/>
       <c r="G78" s="46"/>
       <c r="H78" s="39"/>
       <c r="I78" s="43"/>
       <c r="J78" s="43"/>
     </row>
-    <row r="79" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A79" s="39"/>
       <c r="B79" s="39"/>
       <c r="C79" s="45"/>
       <c r="D79" s="39"/>
       <c r="E79" s="46"/>
       <c r="F79" s="46"/>
       <c r="G79" s="46"/>
       <c r="H79" s="39"/>
       <c r="I79" s="43"/>
       <c r="J79" s="43"/>
     </row>
-    <row r="80" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A80" s="39"/>
       <c r="B80" s="39"/>
       <c r="C80" s="45"/>
       <c r="D80" s="39"/>
       <c r="E80" s="46"/>
       <c r="F80" s="46"/>
       <c r="G80" s="46"/>
       <c r="H80" s="39"/>
       <c r="I80" s="43"/>
       <c r="J80" s="43"/>
     </row>
-    <row r="81" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A81" s="39"/>
       <c r="B81" s="39"/>
       <c r="C81" s="45"/>
       <c r="D81" s="39"/>
       <c r="E81" s="46"/>
       <c r="F81" s="46"/>
       <c r="G81" s="46"/>
       <c r="H81" s="39"/>
       <c r="I81" s="43"/>
       <c r="J81" s="43"/>
     </row>
-    <row r="82" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A82" s="39"/>
       <c r="B82" s="39"/>
       <c r="C82" s="45"/>
       <c r="D82" s="39"/>
       <c r="E82" s="46"/>
       <c r="F82" s="46"/>
       <c r="G82" s="46"/>
       <c r="H82" s="39"/>
       <c r="I82" s="43"/>
       <c r="J82" s="43"/>
     </row>
-    <row r="83" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A83" s="39"/>
       <c r="B83" s="39"/>
       <c r="C83" s="45"/>
       <c r="D83" s="39"/>
       <c r="E83" s="46"/>
       <c r="F83" s="46"/>
       <c r="G83" s="46"/>
       <c r="H83" s="39"/>
       <c r="I83" s="43"/>
       <c r="J83" s="43"/>
     </row>
-    <row r="84" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A84" s="39"/>
       <c r="B84" s="39"/>
       <c r="C84" s="45"/>
       <c r="D84" s="39"/>
       <c r="E84" s="46"/>
       <c r="F84" s="46"/>
       <c r="G84" s="46"/>
       <c r="H84" s="39"/>
       <c r="I84" s="43"/>
       <c r="J84" s="43"/>
     </row>
-    <row r="85" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A85" s="39"/>
       <c r="B85" s="39"/>
       <c r="C85" s="45"/>
       <c r="D85" s="39"/>
       <c r="E85" s="46"/>
       <c r="F85" s="46"/>
       <c r="G85" s="46"/>
       <c r="H85" s="39"/>
       <c r="I85" s="43"/>
       <c r="J85" s="43"/>
     </row>
-    <row r="86" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A86" s="39"/>
       <c r="B86" s="39"/>
       <c r="C86" s="45"/>
       <c r="D86" s="39"/>
       <c r="E86" s="46"/>
       <c r="F86" s="46"/>
       <c r="G86" s="46"/>
       <c r="H86" s="39"/>
       <c r="I86" s="43"/>
       <c r="J86" s="43"/>
     </row>
-    <row r="87" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A87" s="39"/>
       <c r="B87" s="39"/>
       <c r="C87" s="45"/>
       <c r="D87" s="39"/>
       <c r="E87" s="46"/>
       <c r="F87" s="46"/>
       <c r="G87" s="46"/>
       <c r="H87" s="39"/>
       <c r="I87" s="43"/>
       <c r="J87" s="43"/>
     </row>
-    <row r="88" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A88" s="39"/>
       <c r="B88" s="39"/>
       <c r="C88" s="45"/>
       <c r="D88" s="39"/>
       <c r="E88" s="46"/>
       <c r="F88" s="46"/>
       <c r="G88" s="46"/>
       <c r="H88" s="39"/>
       <c r="I88" s="43"/>
       <c r="J88" s="43"/>
     </row>
-    <row r="89" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A89" s="39"/>
       <c r="B89" s="39"/>
       <c r="C89" s="45"/>
       <c r="D89" s="39"/>
       <c r="E89" s="46"/>
       <c r="F89" s="46"/>
       <c r="G89" s="46"/>
       <c r="H89" s="39"/>
       <c r="I89" s="43"/>
       <c r="J89" s="43"/>
     </row>
-    <row r="90" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A90" s="39"/>
       <c r="B90" s="39"/>
       <c r="C90" s="45"/>
       <c r="D90" s="39"/>
       <c r="E90" s="46"/>
       <c r="F90" s="46"/>
       <c r="G90" s="46"/>
       <c r="H90" s="39"/>
       <c r="I90" s="43"/>
       <c r="J90" s="43"/>
     </row>
-    <row r="91" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A91" s="39"/>
       <c r="B91" s="39"/>
       <c r="C91" s="45"/>
       <c r="D91" s="39"/>
       <c r="E91" s="46"/>
       <c r="F91" s="46"/>
       <c r="G91" s="46"/>
       <c r="H91" s="39"/>
       <c r="I91" s="43"/>
       <c r="J91" s="43"/>
     </row>
-    <row r="92" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A92" s="39"/>
       <c r="B92" s="39"/>
       <c r="C92" s="45"/>
       <c r="D92" s="39"/>
       <c r="E92" s="46"/>
       <c r="F92" s="46"/>
       <c r="G92" s="46"/>
       <c r="H92" s="39"/>
       <c r="I92" s="43"/>
       <c r="J92" s="43"/>
     </row>
-    <row r="93" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A93" s="39"/>
       <c r="B93" s="39"/>
       <c r="C93" s="45"/>
       <c r="D93" s="39"/>
       <c r="E93" s="46"/>
       <c r="F93" s="46"/>
       <c r="G93" s="46"/>
       <c r="H93" s="39"/>
       <c r="I93" s="43"/>
       <c r="J93" s="43"/>
     </row>
-    <row r="94" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A94" s="39"/>
       <c r="B94" s="39"/>
       <c r="C94" s="45"/>
       <c r="D94" s="39"/>
       <c r="E94" s="46"/>
       <c r="F94" s="46"/>
       <c r="G94" s="46"/>
       <c r="H94" s="39"/>
       <c r="I94" s="43"/>
       <c r="J94" s="43"/>
     </row>
-    <row r="95" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A95" s="39"/>
       <c r="B95" s="39"/>
       <c r="C95" s="45"/>
       <c r="D95" s="39"/>
       <c r="E95" s="46"/>
       <c r="F95" s="46"/>
       <c r="G95" s="46"/>
       <c r="H95" s="39"/>
       <c r="I95" s="43"/>
       <c r="J95" s="43"/>
     </row>
-    <row r="96" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A96" s="39"/>
       <c r="B96" s="39"/>
       <c r="C96" s="45"/>
       <c r="D96" s="39"/>
       <c r="E96" s="46"/>
       <c r="F96" s="46"/>
       <c r="G96" s="46"/>
       <c r="H96" s="39"/>
       <c r="I96" s="43"/>
       <c r="J96" s="43"/>
     </row>
-    <row r="97" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A97" s="39"/>
       <c r="B97" s="39"/>
       <c r="C97" s="45"/>
       <c r="D97" s="39"/>
       <c r="E97" s="46"/>
       <c r="F97" s="46"/>
       <c r="G97" s="46"/>
       <c r="H97" s="39"/>
       <c r="I97" s="43"/>
       <c r="J97" s="43"/>
     </row>
-    <row r="98" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A98" s="39"/>
       <c r="B98" s="39"/>
       <c r="C98" s="45"/>
       <c r="D98" s="39"/>
       <c r="E98" s="46"/>
       <c r="F98" s="46"/>
       <c r="G98" s="46"/>
       <c r="H98" s="39"/>
       <c r="I98" s="43"/>
       <c r="J98" s="43"/>
     </row>
-    <row r="99" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A99" s="39"/>
       <c r="B99" s="39"/>
       <c r="C99" s="45"/>
       <c r="D99" s="39"/>
       <c r="E99" s="46"/>
       <c r="F99" s="46"/>
       <c r="G99" s="46"/>
       <c r="H99" s="39"/>
       <c r="I99" s="43"/>
       <c r="J99" s="43"/>
     </row>
-    <row r="100" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A100" s="39"/>
       <c r="B100" s="39"/>
       <c r="C100" s="45"/>
       <c r="D100" s="39"/>
       <c r="E100" s="46"/>
       <c r="F100" s="46"/>
       <c r="G100" s="46"/>
       <c r="H100" s="39"/>
       <c r="I100" s="43"/>
       <c r="J100" s="43"/>
     </row>
-    <row r="101" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A101" s="39"/>
       <c r="B101" s="39"/>
       <c r="C101" s="45"/>
       <c r="D101" s="39"/>
       <c r="E101" s="46"/>
       <c r="F101" s="46"/>
       <c r="G101" s="46"/>
       <c r="H101" s="39"/>
       <c r="I101" s="43"/>
       <c r="J101" s="43"/>
     </row>
-    <row r="102" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A102" s="39"/>
       <c r="B102" s="39"/>
       <c r="C102" s="45"/>
       <c r="D102" s="39"/>
       <c r="E102" s="46"/>
       <c r="F102" s="46"/>
       <c r="G102" s="46"/>
       <c r="H102" s="39"/>
       <c r="I102" s="43"/>
       <c r="J102" s="43"/>
     </row>
-    <row r="103" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A103" s="39"/>
       <c r="B103" s="39"/>
       <c r="C103" s="45"/>
       <c r="D103" s="39"/>
       <c r="E103" s="46"/>
       <c r="F103" s="46"/>
       <c r="G103" s="46"/>
       <c r="H103" s="39"/>
       <c r="I103" s="43"/>
       <c r="J103" s="43"/>
     </row>
-    <row r="104" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A104" s="39"/>
       <c r="B104" s="39"/>
       <c r="C104" s="45"/>
       <c r="D104" s="39"/>
       <c r="E104" s="46"/>
       <c r="F104" s="46"/>
       <c r="G104" s="46"/>
       <c r="H104" s="39"/>
       <c r="I104" s="43"/>
       <c r="J104" s="43"/>
     </row>
-    <row r="105" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A105" s="39"/>
       <c r="B105" s="39"/>
       <c r="C105" s="45"/>
       <c r="D105" s="39"/>
       <c r="E105" s="46"/>
       <c r="F105" s="46"/>
       <c r="G105" s="46"/>
       <c r="H105" s="39"/>
       <c r="I105" s="43"/>
       <c r="J105" s="43"/>
     </row>
-    <row r="106" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A106" s="39"/>
       <c r="B106" s="39"/>
       <c r="C106" s="45"/>
       <c r="D106" s="39"/>
       <c r="E106" s="46"/>
       <c r="F106" s="46"/>
       <c r="G106" s="46"/>
       <c r="H106" s="39"/>
       <c r="I106" s="43"/>
       <c r="J106" s="43"/>
     </row>
-    <row r="107" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A107" s="39"/>
       <c r="B107" s="39"/>
       <c r="C107" s="45"/>
       <c r="D107" s="39"/>
       <c r="E107" s="46"/>
       <c r="F107" s="46"/>
       <c r="G107" s="46"/>
       <c r="H107" s="39"/>
       <c r="I107" s="43"/>
       <c r="J107" s="43"/>
     </row>
-    <row r="108" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A108" s="39"/>
       <c r="B108" s="39"/>
       <c r="C108" s="45"/>
       <c r="D108" s="39"/>
       <c r="E108" s="46"/>
       <c r="F108" s="46"/>
       <c r="G108" s="46"/>
       <c r="H108" s="39"/>
       <c r="I108" s="43"/>
       <c r="J108" s="43"/>
     </row>
-    <row r="109" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A109" s="39"/>
       <c r="B109" s="39"/>
       <c r="C109" s="45"/>
       <c r="D109" s="39"/>
       <c r="E109" s="46"/>
       <c r="F109" s="46"/>
       <c r="G109" s="46"/>
       <c r="H109" s="39"/>
       <c r="I109" s="43"/>
       <c r="J109" s="43"/>
     </row>
-    <row r="110" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A110" s="39"/>
       <c r="B110" s="39"/>
       <c r="C110" s="45"/>
       <c r="D110" s="39"/>
       <c r="E110" s="46"/>
       <c r="F110" s="46"/>
       <c r="G110" s="46"/>
       <c r="H110" s="39"/>
       <c r="I110" s="43"/>
       <c r="J110" s="43"/>
     </row>
-    <row r="111" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A111" s="39"/>
       <c r="B111" s="39"/>
       <c r="C111" s="45"/>
       <c r="D111" s="39"/>
       <c r="E111" s="46"/>
       <c r="F111" s="46"/>
       <c r="G111" s="46"/>
       <c r="H111" s="39"/>
       <c r="I111" s="43"/>
       <c r="J111" s="43"/>
     </row>
-    <row r="112" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A112" s="39"/>
       <c r="B112" s="39"/>
       <c r="C112" s="45"/>
       <c r="D112" s="39"/>
       <c r="E112" s="46"/>
       <c r="F112" s="46"/>
       <c r="G112" s="46"/>
       <c r="H112" s="39"/>
       <c r="I112" s="43"/>
       <c r="J112" s="43"/>
     </row>
-    <row r="113" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A113" s="39"/>
       <c r="B113" s="39"/>
       <c r="C113" s="45"/>
       <c r="D113" s="39"/>
       <c r="E113" s="46"/>
       <c r="F113" s="46"/>
       <c r="G113" s="46"/>
       <c r="H113" s="39"/>
       <c r="I113" s="43"/>
       <c r="J113" s="43"/>
     </row>
-    <row r="114" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A114" s="39"/>
       <c r="B114" s="39"/>
       <c r="C114" s="45"/>
       <c r="D114" s="39"/>
       <c r="E114" s="46"/>
       <c r="F114" s="46"/>
       <c r="G114" s="46"/>
       <c r="H114" s="39"/>
       <c r="I114" s="43"/>
       <c r="J114" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.35" bottom="0.38" header="0.3" footer="0.3"/>
   <pageSetup scale="87" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="24" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:T20"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="18.6640625" style="10" customWidth="1"/>
-    <col min="2" max="2" width="12.33203125" style="10" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="18.6328125" style="10" customWidth="1"/>
+    <col min="2" max="2" width="12.36328125" style="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24" style="10" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="13.6640625" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="13.5546875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="13.6328125" style="10" customWidth="1"/>
+    <col min="5" max="5" width="12.6328125" style="10" customWidth="1"/>
+    <col min="6" max="6" width="16.453125" style="10" customWidth="1"/>
+    <col min="7" max="7" width="13.54296875" style="10" customWidth="1"/>
     <col min="8" max="8" width="8" style="10" customWidth="1"/>
-    <col min="9" max="10" width="10.44140625" style="10" hidden="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="19" max="19" width="10.44140625" style="10" customWidth="1"/>
+    <col min="9" max="10" width="10.453125" style="10" hidden="1" customWidth="1"/>
+    <col min="11" max="15" width="10.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="16" max="17" width="11.36328125" style="10" customWidth="1"/>
+    <col min="18" max="18" width="10.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="10.453125" style="10" customWidth="1"/>
     <col min="20" max="20" width="12" style="10" customWidth="1"/>
-    <col min="21" max="16384" width="9.109375" style="10"/>
+    <col min="21" max="16384" width="9.08984375" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A1" s="9" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="2" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="3" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A3" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="31"/>
     </row>
-    <row r="4" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:20" x14ac:dyDescent="0.35">
       <c r="E4" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="11" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="5" spans="1:20" s="13" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:20" s="13" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>29</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="13" t="s">
@@ -4532,169 +4529,169 @@
       <c r="M5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="P5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="Q5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="R5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="S5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="T5" s="13" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="6" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A6" s="14"/>
       <c r="B6" s="15"/>
       <c r="C6" s="15"/>
       <c r="D6" s="16"/>
       <c r="E6" s="17"/>
       <c r="F6" s="17">
         <v>0</v>
       </c>
       <c r="G6" s="18">
         <f>+E6+F6</f>
         <v>0</v>
       </c>
       <c r="H6" s="19">
         <v>8</v>
       </c>
       <c r="I6" s="17">
         <v>0</v>
       </c>
       <c r="J6" s="17">
         <v>0</v>
       </c>
       <c r="K6" s="17"/>
       <c r="L6" s="17"/>
       <c r="M6" s="17"/>
       <c r="N6" s="17"/>
       <c r="O6" s="17"/>
       <c r="P6" s="17"/>
       <c r="Q6" s="37"/>
       <c r="R6" s="17"/>
       <c r="S6" s="17"/>
       <c r="T6" s="20">
         <f>SUM(I6:S6)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A7" s="14"/>
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
       <c r="D7" s="16"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17">
         <v>0</v>
       </c>
       <c r="G7" s="18">
         <f>+E7+F7</f>
         <v>0</v>
       </c>
       <c r="H7" s="19">
         <v>8</v>
       </c>
       <c r="I7" s="17" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="17" t="s">
         <v>53</v>
       </c>
       <c r="K7" s="17"/>
       <c r="L7" s="17"/>
       <c r="M7" s="17"/>
       <c r="N7" s="17"/>
       <c r="O7" s="17"/>
       <c r="P7" s="17"/>
       <c r="Q7" s="37"/>
       <c r="R7" s="17"/>
       <c r="S7" s="17"/>
       <c r="T7" s="20">
         <f t="shared" ref="T7:T8" si="0">SUM(I7:S7)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A8" s="14"/>
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="16"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17">
         <v>0</v>
       </c>
       <c r="G8" s="18">
         <f>+E8+F8</f>
         <v>0</v>
       </c>
       <c r="H8" s="19">
         <v>8</v>
       </c>
       <c r="I8" s="17"/>
       <c r="J8" s="17"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="17"/>
       <c r="N8" s="17"/>
       <c r="O8" s="17"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="37"/>
       <c r="R8" s="17"/>
       <c r="S8" s="17"/>
       <c r="T8" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:20" x14ac:dyDescent="0.35">
       <c r="I9" s="21"/>
       <c r="J9" s="21"/>
       <c r="K9" s="21"/>
       <c r="L9" s="21"/>
       <c r="M9" s="21"/>
       <c r="N9" s="21"/>
       <c r="O9" s="21"/>
       <c r="P9" s="21"/>
       <c r="Q9" s="38"/>
       <c r="R9" s="21"/>
       <c r="S9" s="21"/>
       <c r="T9" s="22"/>
     </row>
-    <row r="10" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:20" x14ac:dyDescent="0.35">
       <c r="G10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="H10" s="12"/>
       <c r="I10" s="23">
         <f t="shared" ref="I10:S10" si="1">SUM(I6:I9)</f>
         <v>0</v>
       </c>
       <c r="J10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N10" s="23">
@@ -4704,159 +4701,159 @@
       <c r="O10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="P10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="Q10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="R10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S10" s="23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="T10" s="23">
         <f>SUM(T6:T9)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:20" x14ac:dyDescent="0.35">
       <c r="I11" s="20"/>
       <c r="J11" s="20"/>
       <c r="K11" s="20"/>
       <c r="L11" s="20"/>
     </row>
-    <row r="12" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="15"/>
       <c r="C12" s="15"/>
       <c r="D12" s="15"/>
       <c r="I12" s="20"/>
       <c r="J12" s="20"/>
       <c r="K12" s="20"/>
       <c r="L12" s="20"/>
     </row>
-    <row r="13" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A13" s="10" t="s">
         <v>51</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="20"/>
       <c r="K13" s="20"/>
       <c r="L13" s="20"/>
       <c r="Q13" s="11"/>
     </row>
-    <row r="14" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:20" x14ac:dyDescent="0.35">
       <c r="A14" s="10" t="s">
         <v>75</v>
       </c>
       <c r="I14" s="20"/>
       <c r="J14" s="20"/>
       <c r="K14" s="20"/>
       <c r="L14" s="20"/>
     </row>
-    <row r="15" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:20" x14ac:dyDescent="0.35">
       <c r="I15" s="20"/>
       <c r="J15" s="20"/>
       <c r="K15" s="20"/>
       <c r="L15" s="20"/>
       <c r="Q15" s="11"/>
     </row>
-    <row r="16" spans="1:20" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:20" x14ac:dyDescent="0.35">
       <c r="I16" s="20"/>
       <c r="J16" s="20"/>
       <c r="K16" s="20"/>
       <c r="L16" s="20"/>
     </row>
-    <row r="17" spans="9:12" x14ac:dyDescent="0.3">
+    <row r="17" spans="9:12" x14ac:dyDescent="0.35">
       <c r="I17" s="20"/>
       <c r="J17" s="20"/>
       <c r="K17" s="20"/>
       <c r="L17" s="20"/>
     </row>
-    <row r="18" spans="9:12" x14ac:dyDescent="0.3">
+    <row r="18" spans="9:12" x14ac:dyDescent="0.35">
       <c r="I18" s="20"/>
       <c r="J18" s="20"/>
       <c r="K18" s="20"/>
       <c r="L18" s="20"/>
     </row>
-    <row r="19" spans="9:12" x14ac:dyDescent="0.3">
+    <row r="19" spans="9:12" x14ac:dyDescent="0.35">
       <c r="I19" s="20"/>
       <c r="J19" s="20"/>
       <c r="K19" s="20"/>
       <c r="L19" s="20"/>
     </row>
-    <row r="20" spans="9:12" x14ac:dyDescent="0.3">
+    <row r="20" spans="9:12" x14ac:dyDescent="0.35">
       <c r="I20" s="20"/>
       <c r="J20" s="20"/>
       <c r="K20" s="20"/>
       <c r="L20" s="20"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="96" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="9" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079B113853DED6B4BBD771E0577366E33" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="da748edb0231dd239fad2fcb4d467889">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1febaaca-d826-49dc-a682-d32f807cfe74" xmlns:ns3="4986faac-1164-4339-b9e6-a07ff39625cf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3af1f8daf00af5e9031cb1dcdd527627" ns2:_="" ns3:_="">
     <xsd:import namespace="1febaaca-d826-49dc-a682-d32f807cfe74"/>
     <xsd:import namespace="4986faac-1164-4339-b9e6-a07ff39625cf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -5039,70 +5036,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EB03A7E-3142-45B0-BDF7-7BC570FAD65E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{952B74A1-3097-42B3-AF65-C746DB7064FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="1febaaca-d826-49dc-a682-d32f807cfe74"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4986faac-1164-4339-b9e6-a07ff39625cf"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67C01CEA-C93B-4AE8-9E0F-E593F7EEEFEB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1febaaca-d826-49dc-a682-d32f807cfe74"/>
     <ds:schemaRef ds:uri="4986faac-1164-4339-b9e6-a07ff39625cf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">